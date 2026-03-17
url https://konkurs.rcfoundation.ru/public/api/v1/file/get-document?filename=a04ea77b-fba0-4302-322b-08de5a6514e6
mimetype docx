--- v0 (2026-01-30)
+++ v1 (2026-03-17)
@@ -1,3828 +1,3143 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="003E1C4B" w:rsidRPr="003E188E" w:rsidRDefault="00DC2FA8" w:rsidP="00473FDE">
+    <w:p w14:paraId="640D2627" w14:textId="77777777" w:rsidR="000F23F4" w:rsidRPr="000F23F4" w:rsidRDefault="000F23F4" w:rsidP="000F23F4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70B3575F" w14:textId="4F69E19E" w:rsidR="003E1C4B" w:rsidRPr="0076457C" w:rsidRDefault="00DC2FA8" w:rsidP="00473FDE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E188E">
+      <w:r w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ПРЕДСТАВЛЕНИЕ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003E1C4B" w:rsidRPr="003E188E" w:rsidRDefault="00EF603C" w:rsidP="00473FDE">
+    <w:p w14:paraId="2B2BC429" w14:textId="77777777" w:rsidR="003E1C4B" w:rsidRPr="0076457C" w:rsidRDefault="00EF603C" w:rsidP="00473FDE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E188E">
+      <w:r w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>номинанта на присуждение Премии имени Анатолия Васильевича Луначарского</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EF603C" w:rsidRPr="003E188E" w:rsidRDefault="00EF603C" w:rsidP="00473FDE">
+    <w:p w14:paraId="49111B0E" w14:textId="77777777" w:rsidR="00EF603C" w:rsidRPr="0076457C" w:rsidRDefault="00EF603C" w:rsidP="00473FDE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="l2081"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00EF603C" w:rsidRPr="003E188E" w:rsidRDefault="00EF603C" w:rsidP="00473FDE">
+    <w:p w14:paraId="3047D0D6" w14:textId="77777777" w:rsidR="00EF603C" w:rsidRPr="0076457C" w:rsidRDefault="00EF603C" w:rsidP="00473FDE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E188E">
+      <w:r w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>представляется</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EF603C" w:rsidRPr="00473FDE" w:rsidRDefault="00EF603C" w:rsidP="00473FDE">
+    <w:p w14:paraId="4E237908" w14:textId="77777777" w:rsidR="00EF603C" w:rsidRPr="0076457C" w:rsidRDefault="00EF603C" w:rsidP="00473FDE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00473FDE">
+      <w:r w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003E1C4B" w:rsidRPr="00473FDE" w:rsidRDefault="003E1C4B" w:rsidP="00473FDE">
+    <w:p w14:paraId="41E71933" w14:textId="437913D2" w:rsidR="003E1C4B" w:rsidRPr="0076457C" w:rsidRDefault="003E1C4B" w:rsidP="00473FDE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00473FDE">
+      <w:r w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00EF603C" w:rsidRPr="00473FDE">
+      <w:r w:rsidR="00EF603C" w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>наименование учреждения культуры федерального подчинения</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00473FDE">
+        <w:t xml:space="preserve">наименование учреждения </w:t>
+      </w:r>
+      <w:r w:rsidR="003E0155" w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t xml:space="preserve">сферы </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF603C" w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>культуры</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EF603C" w:rsidRPr="00473FDE" w:rsidRDefault="00EF603C" w:rsidP="00473FDE">
+    <w:p w14:paraId="59BE8594" w14:textId="14D9763E" w:rsidR="00EF603C" w:rsidRPr="0076457C" w:rsidRDefault="00EF603C" w:rsidP="00473FDE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
+          <w:strike/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00473FDE">
-[...9 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00EF603C" w:rsidRPr="00473FDE" w:rsidRDefault="00EF603C" w:rsidP="00473FDE">
+    <w:p w14:paraId="7D17669D" w14:textId="77777777" w:rsidR="00EF603C" w:rsidRPr="0076457C" w:rsidRDefault="00EF603C" w:rsidP="00473FDE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003E1C4B" w:rsidRPr="00473FDE" w:rsidRDefault="003E1C4B" w:rsidP="00473FDE">
+    <w:p w14:paraId="53ADBE22" w14:textId="77777777" w:rsidR="00EF603C" w:rsidRPr="0076457C" w:rsidRDefault="00EF603C" w:rsidP="00473FDE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00473FDE">
-[...28 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="003E1C4B" w:rsidRPr="00473FDE" w:rsidRDefault="003E1C4B" w:rsidP="00473FDE">
+    <w:p w14:paraId="4B640035" w14:textId="77777777" w:rsidR="00EF603C" w:rsidRPr="0076457C" w:rsidRDefault="003E1C4B" w:rsidP="00473FDE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Фамилия</w:t>
+      </w:r>
+      <w:r w:rsidR="00473FDE" w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>имя, отчество ________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF603C" w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="l2141"/>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w14:paraId="5668D3A2" w14:textId="77777777" w:rsidR="003E1C4B" w:rsidRPr="0076457C" w:rsidRDefault="003E1C4B" w:rsidP="00473FDE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Должность, место работы __________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF603C" w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E8BDAA7" w14:textId="77777777" w:rsidR="003E1C4B" w:rsidRPr="0076457C" w:rsidRDefault="003E1C4B" w:rsidP="00473FDE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00473FDE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:bookmarkStart w:id="2" w:name="l2082"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">(наименование </w:t>
-[...29 lines deleted...]
-        <w:t>Федерации)</w:t>
+        <w:t>(точное наименование организации с указанием организационно-правовой формы и должности)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003E1C4B" w:rsidRPr="00473FDE" w:rsidRDefault="00EF603C" w:rsidP="00473FDE">
+    <w:p w14:paraId="264FE241" w14:textId="77777777" w:rsidR="00DC2FA8" w:rsidRPr="0076457C" w:rsidRDefault="003E1C4B" w:rsidP="00473FDE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Пол _______________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61A7AA2F" w14:textId="77777777" w:rsidR="003E1C4B" w:rsidRPr="0076457C" w:rsidRDefault="003E1C4B" w:rsidP="00473FDE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Дата рождения ___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7838AD5B" w14:textId="77777777" w:rsidR="003E1C4B" w:rsidRPr="0076457C" w:rsidRDefault="00473FDE" w:rsidP="00473FDE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="l2083"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="003E1C4B" w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Образование ___________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF603C" w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="315F658F" w14:textId="77777777" w:rsidR="003E1C4B" w:rsidRPr="0076457C" w:rsidRDefault="003E1C4B" w:rsidP="00473FDE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00473FDE">
+      <w:r w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>для работник</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CE20FB" w:rsidRPr="00473FDE">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00476ED1" w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>а</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00473FDE">
+        <w:t xml:space="preserve">указание профессии / специальности, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> учреждения культуры подчинения субъектов федерации РФ или органов местной власти</w:t>
+        <w:t>наименование учебного заведения, год окончания)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EF603C" w:rsidRPr="00473FDE" w:rsidRDefault="00EF603C" w:rsidP="00473FDE">
+    <w:p w14:paraId="33C7EF33" w14:textId="77777777" w:rsidR="003E1C4B" w:rsidRPr="0076457C" w:rsidRDefault="00473FDE" w:rsidP="00473FDE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="003E1C4B" w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Ученая степень, ученое звание ____________</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF603C" w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>_________________</w:t>
+      </w:r>
+      <w:r w:rsidR="003E1C4B" w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>______________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00EF603C" w:rsidRPr="003E188E" w:rsidRDefault="003E1C4B" w:rsidP="00473FDE">
+    <w:p w14:paraId="18303F9C" w14:textId="77777777" w:rsidR="003E1C4B" w:rsidRPr="0076457C" w:rsidRDefault="00473FDE" w:rsidP="00473FDE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E188E">
-[...40 lines deleted...]
-      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="003E1C4B" w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Какими государственными наградами награжден(а) и </w:t>
+      </w:r>
+      <w:r w:rsidR="00476ED1" w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>год</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF603C" w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003E1C4B" w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>награждени</w:t>
+      </w:r>
+      <w:r w:rsidR="00476ED1" w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidR="003E1C4B" w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="l2143"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidR="003E1C4B" w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="003E1C4B" w:rsidRPr="003E188E" w:rsidRDefault="003E1C4B" w:rsidP="00473FDE">
+    <w:p w14:paraId="0E051379" w14:textId="77777777" w:rsidR="003E1C4B" w:rsidRPr="0076457C" w:rsidRDefault="00473FDE" w:rsidP="00473FDE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E188E">
-[...21 lines deleted...]
-        <w:t>_____________</w:t>
+      <w:bookmarkStart w:id="5" w:name="l2084"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="003E1C4B" w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Какими ведомственными</w:t>
+      </w:r>
+      <w:r w:rsidR="003E1C4B" w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>региональными наградами</w:t>
+      </w:r>
+      <w:r w:rsidR="003E1C4B" w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> награжден(а) и</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF603C" w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00476ED1" w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>год</w:t>
+      </w:r>
+      <w:r w:rsidR="003E1C4B" w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> награждени</w:t>
+      </w:r>
+      <w:r w:rsidR="00476ED1" w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidR="003E1C4B" w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00773F79" w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003E1C4B" w:rsidRPr="00473FDE" w:rsidRDefault="003E1C4B" w:rsidP="00473FDE">
-[...47 lines deleted...]
-    <w:p w:rsidR="00DC2FA8" w:rsidRPr="003E188E" w:rsidRDefault="003E1C4B" w:rsidP="00473FDE">
+    <w:p w14:paraId="73C8CD97" w14:textId="77777777" w:rsidR="00DC2FA8" w:rsidRPr="0076457C" w:rsidRDefault="00473FDE" w:rsidP="00473FDE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E188E">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">3. Пол _______________ </w:t>
+      <w:bookmarkStart w:id="6" w:name="l2144"/>
+      <w:bookmarkStart w:id="7" w:name="l2085"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="003E1C4B" w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Общий стаж работы __________ </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003E1C4B" w:rsidRPr="003E188E" w:rsidRDefault="003E1C4B" w:rsidP="00473FDE">
+    <w:p w14:paraId="79840261" w14:textId="77777777" w:rsidR="003E1C4B" w:rsidRPr="0076457C" w:rsidRDefault="003E1C4B" w:rsidP="00473FDE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E188E">
-[...5 lines deleted...]
-        <w:t>4. Дата рождения ___________________________</w:t>
+      <w:r w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00473FDE" w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.Стаж работы в отрасли _________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003E1C4B" w:rsidRPr="003E188E" w:rsidRDefault="00473FDE" w:rsidP="00473FDE">
+    <w:p w14:paraId="585C2C10" w14:textId="77777777" w:rsidR="003E1C4B" w:rsidRPr="0076457C" w:rsidRDefault="003E1C4B" w:rsidP="00473FDE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="l2083"/>
-[...23 lines deleted...]
-        <w:t>______________</w:t>
+      <w:r w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00473FDE" w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0010453F" w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Общий с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">таж работы </w:t>
+      </w:r>
+      <w:r w:rsidR="0010453F" w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>по специальности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _</w:t>
+      </w:r>
+      <w:r w:rsidR="0010453F" w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003E1C4B" w:rsidRPr="00473FDE" w:rsidRDefault="003E1C4B" w:rsidP="00473FDE">
-[...67 lines deleted...]
-    <w:p w:rsidR="003E1C4B" w:rsidRPr="003E188E" w:rsidRDefault="00473FDE" w:rsidP="00473FDE">
+    <w:p w14:paraId="63134025" w14:textId="77777777" w:rsidR="0010453F" w:rsidRPr="0076457C" w:rsidRDefault="0010453F" w:rsidP="00473FDE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E188E">
-[...29 lines deleted...]
-        <w:t>______________________</w:t>
+      <w:r w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00473FDE" w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Непрерывный стаж работ в данном учреждении культуры __________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003E1C4B" w:rsidRPr="003E188E" w:rsidRDefault="00473FDE" w:rsidP="00473FDE">
+    <w:p w14:paraId="7490BF94" w14:textId="77777777" w:rsidR="003E1C4B" w:rsidRPr="0076457C" w:rsidRDefault="003E1C4B" w:rsidP="003E188E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E188E">
-[...107 lines deleted...]
-      <w:r w:rsidR="003E1C4B" w:rsidRPr="003E188E">
+      <w:r w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00473FDE" w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="003E188E">
-[...411 lines deleted...]
-      <w:r w:rsidR="00473FDE" w:rsidRPr="003E188E">
+      <w:r w:rsidR="00473FDE" w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Трудовая деятельность</w:t>
       </w:r>
-      <w:r w:rsidR="00476ED1" w:rsidRPr="003E188E">
+      <w:r w:rsidR="00476ED1" w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10206" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="783"/>
         <w:gridCol w:w="4133"/>
         <w:gridCol w:w="3752"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003E1C4B" w:rsidRPr="003E188E" w:rsidTr="00473FDE">
+      <w:tr w:rsidR="003E1C4B" w:rsidRPr="0076457C" w14:paraId="0EBBCAC3" w14:textId="77777777" w:rsidTr="00473FDE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2321" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="333333"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="333333"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="333333"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="333333"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003E1C4B" w:rsidRPr="003E188E" w:rsidRDefault="003E1C4B" w:rsidP="00473FDE">
+          <w:p w14:paraId="70127F6F" w14:textId="77777777" w:rsidR="003E1C4B" w:rsidRPr="0076457C" w:rsidRDefault="003E1C4B" w:rsidP="00473FDE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="916"/>
                 <w:tab w:val="left" w:pos="1832"/>
                 <w:tab w:val="left" w:pos="2748"/>
                 <w:tab w:val="left" w:pos="3664"/>
                 <w:tab w:val="left" w:pos="4580"/>
                 <w:tab w:val="left" w:pos="5496"/>
                 <w:tab w:val="left" w:pos="6412"/>
                 <w:tab w:val="left" w:pos="7328"/>
                 <w:tab w:val="left" w:pos="8244"/>
                 <w:tab w:val="left" w:pos="9160"/>
                 <w:tab w:val="left" w:pos="10076"/>
                 <w:tab w:val="left" w:pos="10992"/>
                 <w:tab w:val="left" w:pos="11908"/>
                 <w:tab w:val="left" w:pos="12824"/>
                 <w:tab w:val="left" w:pos="13740"/>
                 <w:tab w:val="left" w:pos="14656"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="8" w:name="l2206"/>
             <w:bookmarkEnd w:id="8"/>
-            <w:r w:rsidRPr="003E188E">
+            <w:r w:rsidRPr="0076457C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Месяц и год</w:t>
             </w:r>
-            <w:r w:rsidRPr="003E188E">
+            <w:r w:rsidRPr="0076457C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="003E188E">
+            <w:r w:rsidRPr="0076457C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>мм.гггг</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="003E188E">
+            <w:r w:rsidRPr="0076457C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4133" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="333333"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="333333"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="333333"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="333333"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003E1C4B" w:rsidRPr="003E188E" w:rsidRDefault="003E1C4B" w:rsidP="00473FDE">
+          <w:p w14:paraId="10AFAA1B" w14:textId="77777777" w:rsidR="003E1C4B" w:rsidRPr="0076457C" w:rsidRDefault="003E1C4B" w:rsidP="00473FDE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="916"/>
                 <w:tab w:val="left" w:pos="1832"/>
                 <w:tab w:val="left" w:pos="2748"/>
                 <w:tab w:val="left" w:pos="3664"/>
                 <w:tab w:val="left" w:pos="4580"/>
                 <w:tab w:val="left" w:pos="5496"/>
                 <w:tab w:val="left" w:pos="6412"/>
                 <w:tab w:val="left" w:pos="7328"/>
                 <w:tab w:val="left" w:pos="8244"/>
                 <w:tab w:val="left" w:pos="9160"/>
                 <w:tab w:val="left" w:pos="10076"/>
                 <w:tab w:val="left" w:pos="10992"/>
                 <w:tab w:val="left" w:pos="11908"/>
                 <w:tab w:val="left" w:pos="12824"/>
                 <w:tab w:val="left" w:pos="13740"/>
                 <w:tab w:val="left" w:pos="14656"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003E188E">
+            <w:r w:rsidRPr="0076457C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Должность с указанием названия организации (в соответствии с записями в дипломах о получении</w:t>
             </w:r>
-            <w:r w:rsidRPr="003E188E">
+            <w:r w:rsidRPr="0076457C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">  образования, военном билете, трудовой книжке)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3752" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="333333"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="333333"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="333333"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="333333"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003E1C4B" w:rsidRPr="003E188E" w:rsidRDefault="003E1C4B" w:rsidP="00473FDE">
+          <w:p w14:paraId="3E1D8D20" w14:textId="77777777" w:rsidR="003E1C4B" w:rsidRPr="0076457C" w:rsidRDefault="003E1C4B" w:rsidP="00473FDE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="916"/>
                 <w:tab w:val="left" w:pos="1832"/>
                 <w:tab w:val="left" w:pos="2748"/>
                 <w:tab w:val="left" w:pos="3664"/>
                 <w:tab w:val="left" w:pos="4580"/>
                 <w:tab w:val="left" w:pos="5496"/>
                 <w:tab w:val="left" w:pos="6412"/>
                 <w:tab w:val="left" w:pos="7328"/>
                 <w:tab w:val="left" w:pos="8244"/>
                 <w:tab w:val="left" w:pos="9160"/>
                 <w:tab w:val="left" w:pos="10076"/>
                 <w:tab w:val="left" w:pos="10992"/>
                 <w:tab w:val="left" w:pos="11908"/>
                 <w:tab w:val="left" w:pos="12824"/>
                 <w:tab w:val="left" w:pos="13740"/>
                 <w:tab w:val="left" w:pos="14656"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003E188E">
+            <w:r w:rsidRPr="0076457C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Адрес организации </w:t>
             </w:r>
-            <w:r w:rsidRPr="003E188E">
+            <w:r w:rsidRPr="0076457C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">(фактический, с указанием субъекта Российской </w:t>
             </w:r>
-            <w:r w:rsidR="00EC2230" w:rsidRPr="003E188E">
+            <w:r w:rsidR="00EC2230" w:rsidRPr="0076457C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Федерации и</w:t>
             </w:r>
-            <w:r w:rsidRPr="003E188E">
+            <w:r w:rsidRPr="0076457C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00EC2230" w:rsidRPr="003E188E">
+            <w:r w:rsidR="00EC2230" w:rsidRPr="0076457C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>муниципального образования</w:t>
             </w:r>
-            <w:r w:rsidR="00473FDE" w:rsidRPr="003E188E">
+            <w:r w:rsidR="00473FDE" w:rsidRPr="0076457C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E1C4B" w:rsidRPr="003E188E" w:rsidTr="00473FDE">
+      <w:tr w:rsidR="003E1C4B" w:rsidRPr="0076457C" w14:paraId="037B90C8" w14:textId="77777777" w:rsidTr="00473FDE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="333333"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="333333"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="333333"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="333333"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003E1C4B" w:rsidRPr="003E188E" w:rsidRDefault="003E1C4B" w:rsidP="00473FDE">
+          <w:p w14:paraId="555E4EEA" w14:textId="77777777" w:rsidR="003E1C4B" w:rsidRPr="0076457C" w:rsidRDefault="003E1C4B" w:rsidP="00473FDE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="916"/>
                 <w:tab w:val="left" w:pos="1832"/>
                 <w:tab w:val="left" w:pos="2748"/>
                 <w:tab w:val="left" w:pos="3664"/>
                 <w:tab w:val="left" w:pos="4580"/>
                 <w:tab w:val="left" w:pos="5496"/>
                 <w:tab w:val="left" w:pos="6412"/>
                 <w:tab w:val="left" w:pos="7328"/>
                 <w:tab w:val="left" w:pos="8244"/>
                 <w:tab w:val="left" w:pos="9160"/>
                 <w:tab w:val="left" w:pos="10076"/>
                 <w:tab w:val="left" w:pos="10992"/>
                 <w:tab w:val="left" w:pos="11908"/>
                 <w:tab w:val="left" w:pos="12824"/>
                 <w:tab w:val="left" w:pos="13740"/>
                 <w:tab w:val="left" w:pos="14656"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003E188E">
+            <w:r w:rsidRPr="0076457C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="783" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="333333"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="333333"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="333333"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="333333"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003E1C4B" w:rsidRPr="003E188E" w:rsidRDefault="003E1C4B" w:rsidP="00473FDE">
+          <w:p w14:paraId="1E064A11" w14:textId="77777777" w:rsidR="003E1C4B" w:rsidRPr="0076457C" w:rsidRDefault="003E1C4B" w:rsidP="00473FDE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="916"/>
                 <w:tab w:val="left" w:pos="1832"/>
                 <w:tab w:val="left" w:pos="2748"/>
                 <w:tab w:val="left" w:pos="3664"/>
                 <w:tab w:val="left" w:pos="4580"/>
                 <w:tab w:val="left" w:pos="5496"/>
                 <w:tab w:val="left" w:pos="6412"/>
                 <w:tab w:val="left" w:pos="7328"/>
                 <w:tab w:val="left" w:pos="8244"/>
                 <w:tab w:val="left" w:pos="9160"/>
                 <w:tab w:val="left" w:pos="10076"/>
                 <w:tab w:val="left" w:pos="10992"/>
                 <w:tab w:val="left" w:pos="11908"/>
                 <w:tab w:val="left" w:pos="12824"/>
                 <w:tab w:val="left" w:pos="13740"/>
                 <w:tab w:val="left" w:pos="14656"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003E188E">
+            <w:r w:rsidRPr="0076457C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ухода</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4133" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="333333"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="333333"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="333333"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="333333"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003E1C4B" w:rsidRPr="003E188E" w:rsidRDefault="003E1C4B" w:rsidP="00473FDE">
+          <w:p w14:paraId="72542698" w14:textId="77777777" w:rsidR="003E1C4B" w:rsidRPr="0076457C" w:rsidRDefault="003E1C4B" w:rsidP="00473FDE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="916"/>
                 <w:tab w:val="left" w:pos="1832"/>
                 <w:tab w:val="left" w:pos="2748"/>
                 <w:tab w:val="left" w:pos="3664"/>
                 <w:tab w:val="left" w:pos="4580"/>
                 <w:tab w:val="left" w:pos="5496"/>
                 <w:tab w:val="left" w:pos="6412"/>
                 <w:tab w:val="left" w:pos="7328"/>
                 <w:tab w:val="left" w:pos="8244"/>
                 <w:tab w:val="left" w:pos="9160"/>
                 <w:tab w:val="left" w:pos="10076"/>
                 <w:tab w:val="left" w:pos="10992"/>
                 <w:tab w:val="left" w:pos="11908"/>
                 <w:tab w:val="left" w:pos="12824"/>
                 <w:tab w:val="left" w:pos="13740"/>
                 <w:tab w:val="left" w:pos="14656"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003E188E">
+            <w:r w:rsidRPr="0076457C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3752" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="333333"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="333333"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="333333"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="333333"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003E1C4B" w:rsidRPr="003E188E" w:rsidRDefault="003E1C4B" w:rsidP="00473FDE">
+          <w:p w14:paraId="21598CCE" w14:textId="77777777" w:rsidR="003E1C4B" w:rsidRPr="0076457C" w:rsidRDefault="003E1C4B" w:rsidP="00473FDE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="916"/>
                 <w:tab w:val="left" w:pos="1832"/>
                 <w:tab w:val="left" w:pos="2748"/>
                 <w:tab w:val="left" w:pos="3664"/>
                 <w:tab w:val="left" w:pos="4580"/>
                 <w:tab w:val="left" w:pos="5496"/>
                 <w:tab w:val="left" w:pos="6412"/>
                 <w:tab w:val="left" w:pos="7328"/>
                 <w:tab w:val="left" w:pos="8244"/>
                 <w:tab w:val="left" w:pos="9160"/>
                 <w:tab w:val="left" w:pos="10076"/>
                 <w:tab w:val="left" w:pos="10992"/>
                 <w:tab w:val="left" w:pos="11908"/>
                 <w:tab w:val="left" w:pos="12824"/>
                 <w:tab w:val="left" w:pos="13740"/>
                 <w:tab w:val="left" w:pos="14656"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003E188E">
+            <w:r w:rsidRPr="0076457C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E1C4B" w:rsidRPr="003E188E" w:rsidTr="00473FDE">
+      <w:tr w:rsidR="003E1C4B" w:rsidRPr="0076457C" w14:paraId="1DC40E1B" w14:textId="77777777" w:rsidTr="00473FDE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="333333"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="333333"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="333333"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="333333"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003E1C4B" w:rsidRPr="003E188E" w:rsidRDefault="003E1C4B" w:rsidP="00473FDE">
+          <w:p w14:paraId="366E093F" w14:textId="77777777" w:rsidR="003E1C4B" w:rsidRPr="0076457C" w:rsidRDefault="003E1C4B" w:rsidP="00473FDE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="916"/>
                 <w:tab w:val="left" w:pos="1832"/>
                 <w:tab w:val="left" w:pos="2748"/>
                 <w:tab w:val="left" w:pos="3664"/>
                 <w:tab w:val="left" w:pos="4580"/>
                 <w:tab w:val="left" w:pos="5496"/>
                 <w:tab w:val="left" w:pos="6412"/>
                 <w:tab w:val="left" w:pos="7328"/>
                 <w:tab w:val="left" w:pos="8244"/>
                 <w:tab w:val="left" w:pos="9160"/>
                 <w:tab w:val="left" w:pos="10076"/>
                 <w:tab w:val="left" w:pos="10992"/>
                 <w:tab w:val="left" w:pos="11908"/>
                 <w:tab w:val="left" w:pos="12824"/>
                 <w:tab w:val="left" w:pos="13740"/>
                 <w:tab w:val="left" w:pos="14656"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003E188E">
+            <w:r w:rsidRPr="0076457C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="783" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="333333"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="333333"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="333333"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="333333"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003E1C4B" w:rsidRPr="003E188E" w:rsidRDefault="003E1C4B" w:rsidP="00473FDE">
+          <w:p w14:paraId="36657F64" w14:textId="77777777" w:rsidR="003E1C4B" w:rsidRPr="0076457C" w:rsidRDefault="003E1C4B" w:rsidP="00473FDE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="916"/>
                 <w:tab w:val="left" w:pos="1832"/>
                 <w:tab w:val="left" w:pos="2748"/>
                 <w:tab w:val="left" w:pos="3664"/>
                 <w:tab w:val="left" w:pos="4580"/>
                 <w:tab w:val="left" w:pos="5496"/>
                 <w:tab w:val="left" w:pos="6412"/>
                 <w:tab w:val="left" w:pos="7328"/>
                 <w:tab w:val="left" w:pos="8244"/>
                 <w:tab w:val="left" w:pos="9160"/>
                 <w:tab w:val="left" w:pos="10076"/>
                 <w:tab w:val="left" w:pos="10992"/>
                 <w:tab w:val="left" w:pos="11908"/>
                 <w:tab w:val="left" w:pos="12824"/>
                 <w:tab w:val="left" w:pos="13740"/>
                 <w:tab w:val="left" w:pos="14656"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003E188E">
+            <w:r w:rsidRPr="0076457C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4133" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="333333"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="333333"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="333333"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="333333"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003E1C4B" w:rsidRPr="003E188E" w:rsidRDefault="003E1C4B" w:rsidP="00473FDE">
+          <w:p w14:paraId="6ED5006F" w14:textId="77777777" w:rsidR="003E1C4B" w:rsidRPr="0076457C" w:rsidRDefault="003E1C4B" w:rsidP="00473FDE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="916"/>
                 <w:tab w:val="left" w:pos="1832"/>
                 <w:tab w:val="left" w:pos="2748"/>
                 <w:tab w:val="left" w:pos="3664"/>
                 <w:tab w:val="left" w:pos="4580"/>
                 <w:tab w:val="left" w:pos="5496"/>
                 <w:tab w:val="left" w:pos="6412"/>
                 <w:tab w:val="left" w:pos="7328"/>
                 <w:tab w:val="left" w:pos="8244"/>
                 <w:tab w:val="left" w:pos="9160"/>
                 <w:tab w:val="left" w:pos="10076"/>
                 <w:tab w:val="left" w:pos="10992"/>
                 <w:tab w:val="left" w:pos="11908"/>
                 <w:tab w:val="left" w:pos="12824"/>
                 <w:tab w:val="left" w:pos="13740"/>
                 <w:tab w:val="left" w:pos="14656"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003E188E">
+            <w:r w:rsidRPr="0076457C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3752" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="333333"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="333333"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="333333"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="333333"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003E1C4B" w:rsidRPr="003E188E" w:rsidRDefault="003E1C4B" w:rsidP="00473FDE">
+          <w:p w14:paraId="7C7E8BBF" w14:textId="77777777" w:rsidR="003E1C4B" w:rsidRPr="0076457C" w:rsidRDefault="003E1C4B" w:rsidP="00473FDE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="916"/>
                 <w:tab w:val="left" w:pos="1832"/>
                 <w:tab w:val="left" w:pos="2748"/>
                 <w:tab w:val="left" w:pos="3664"/>
                 <w:tab w:val="left" w:pos="4580"/>
                 <w:tab w:val="left" w:pos="5496"/>
                 <w:tab w:val="left" w:pos="6412"/>
                 <w:tab w:val="left" w:pos="7328"/>
                 <w:tab w:val="left" w:pos="8244"/>
                 <w:tab w:val="left" w:pos="9160"/>
                 <w:tab w:val="left" w:pos="10076"/>
                 <w:tab w:val="left" w:pos="10992"/>
                 <w:tab w:val="left" w:pos="11908"/>
                 <w:tab w:val="left" w:pos="12824"/>
                 <w:tab w:val="left" w:pos="13740"/>
                 <w:tab w:val="left" w:pos="14656"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003E188E">
+            <w:r w:rsidRPr="0076457C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003E1C4B" w:rsidRPr="003E188E" w:rsidRDefault="003E1C4B" w:rsidP="00473FDE">
+    <w:p w14:paraId="055DF50F" w14:textId="77777777" w:rsidR="003E1C4B" w:rsidRPr="0076457C" w:rsidRDefault="003E1C4B" w:rsidP="00473FDE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="l2208"/>
       <w:bookmarkEnd w:id="9"/>
-      <w:r w:rsidRPr="003E188E">
+      <w:r w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Сведения</w:t>
       </w:r>
-      <w:r w:rsidR="00383C98" w:rsidRPr="003E188E">
+      <w:r w:rsidR="00383C98" w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003E188E">
+      <w:r w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>соответствуют данным паспорта</w:t>
       </w:r>
-      <w:r w:rsidR="00383C98" w:rsidRPr="003E188E">
+      <w:r w:rsidR="00383C98" w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> гражданина РФ</w:t>
       </w:r>
-      <w:r w:rsidRPr="003E188E">
+      <w:r w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:bookmarkStart w:id="10" w:name="l2148"/>
       <w:bookmarkEnd w:id="10"/>
-      <w:r w:rsidRPr="003E188E">
+      <w:r w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>трудовой книжки, дипломов о получении</w:t>
       </w:r>
-      <w:r w:rsidR="00773F79" w:rsidRPr="003E188E">
+      <w:r w:rsidR="00773F79" w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003E188E">
+      <w:r w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>образования</w:t>
       </w:r>
-      <w:r w:rsidR="00473FDE" w:rsidRPr="003E188E">
+      <w:r w:rsidR="00473FDE" w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>, наградным документам</w:t>
       </w:r>
-      <w:r w:rsidRPr="003E188E">
+      <w:r w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00773F79" w:rsidRPr="003E188E" w:rsidRDefault="00773F79" w:rsidP="00473FDE">
+    <w:p w14:paraId="008EEC5D" w14:textId="77777777" w:rsidR="00773F79" w:rsidRPr="0076457C" w:rsidRDefault="00773F79" w:rsidP="00473FDE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00383C98" w:rsidRPr="003E188E" w:rsidRDefault="00383C98" w:rsidP="00473FDE">
+    <w:p w14:paraId="060E49D6" w14:textId="77777777" w:rsidR="00383C98" w:rsidRPr="0076457C" w:rsidRDefault="00383C98" w:rsidP="00473FDE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E188E">
+      <w:r w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00995228" w:rsidRPr="003E188E">
+      <w:r w:rsidR="00995228" w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="003E188E">
+      <w:r w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00773F79" w:rsidRPr="003E188E">
+      <w:r w:rsidR="00773F79" w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00476ED1" w:rsidRPr="003E188E">
+      <w:r w:rsidR="00476ED1" w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Н</w:t>
       </w:r>
-      <w:r w:rsidRPr="003E188E">
+      <w:r w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">оминация на соискание </w:t>
       </w:r>
-      <w:r w:rsidR="00476ED1" w:rsidRPr="003E188E">
+      <w:r w:rsidR="00476ED1" w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Премии,</w:t>
       </w:r>
-      <w:r w:rsidRPr="003E188E">
+      <w:r w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> в которой выдвигается </w:t>
       </w:r>
-      <w:r w:rsidR="00476ED1" w:rsidRPr="003E188E">
+      <w:r w:rsidR="00476ED1" w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Н</w:t>
       </w:r>
-      <w:r w:rsidRPr="003E188E">
+      <w:r w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>оминант: _____________.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003E1C4B" w:rsidRPr="003E188E" w:rsidRDefault="00383C98" w:rsidP="00476ED1">
+    <w:p w14:paraId="6D3343FF" w14:textId="77777777" w:rsidR="003E1C4B" w:rsidRPr="0076457C" w:rsidRDefault="00383C98" w:rsidP="00476ED1">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E188E">
+      <w:r w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00995228" w:rsidRPr="003E188E">
+      <w:r w:rsidR="00995228" w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="003E188E">
+      <w:r w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="003E1C4B" w:rsidRPr="003E188E">
+      <w:r w:rsidR="003E1C4B" w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Кандидатура </w:t>
       </w:r>
-      <w:r w:rsidR="00476ED1" w:rsidRPr="003E188E">
+      <w:r w:rsidR="00476ED1" w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Номинанта</w:t>
       </w:r>
-      <w:r w:rsidR="00773F79" w:rsidRPr="003E188E">
+      <w:r w:rsidR="00773F79" w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003E1C4B" w:rsidRPr="003E188E">
+      <w:r w:rsidR="003E1C4B" w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>к награждению рекомендована общим собранием коллектива организации, ее совета или</w:t>
       </w:r>
-      <w:r w:rsidR="00773F79" w:rsidRPr="003E188E">
+      <w:r w:rsidR="00773F79" w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003E1C4B" w:rsidRPr="003E188E">
+      <w:r w:rsidR="003E1C4B" w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>собранием участников _______________________</w:t>
       </w:r>
-      <w:r w:rsidR="00773F79" w:rsidRPr="003E188E">
+      <w:r w:rsidR="00773F79" w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>_________________</w:t>
       </w:r>
-      <w:r w:rsidR="00476ED1" w:rsidRPr="003E188E">
+      <w:r w:rsidR="00476ED1" w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>_,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00995228" w:rsidRDefault="00476ED1" w:rsidP="00995228">
+    <w:p w14:paraId="62C48E3F" w14:textId="77777777" w:rsidR="00995228" w:rsidRPr="0076457C" w:rsidRDefault="00476ED1" w:rsidP="00995228">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                   </w:t>
       </w:r>
-      <w:r w:rsidR="003E1C4B" w:rsidRPr="00995228">
+      <w:r w:rsidR="003E1C4B" w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>(наименование организации)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003E1C4B" w:rsidRPr="003E188E" w:rsidRDefault="003E1C4B" w:rsidP="00995228">
+    <w:p w14:paraId="2991E42D" w14:textId="77777777" w:rsidR="003E1C4B" w:rsidRPr="0076457C" w:rsidRDefault="003E1C4B" w:rsidP="00995228">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="11" w:name="l2150"/>
       <w:bookmarkEnd w:id="11"/>
-      <w:r w:rsidRPr="003E188E">
+      <w:r w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">протокол </w:t>
       </w:r>
-      <w:r w:rsidR="00995228" w:rsidRPr="003E188E">
+      <w:r w:rsidR="00995228" w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>№</w:t>
       </w:r>
-      <w:r w:rsidRPr="003E188E">
+      <w:r w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> ______________ от "_____"________________ 20__ г.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003E1C4B" w:rsidRPr="003E188E" w:rsidRDefault="003E1C4B" w:rsidP="00473FDE">
+    <w:p w14:paraId="5CEB4B4B" w14:textId="77777777" w:rsidR="003E1C4B" w:rsidRPr="0076457C" w:rsidRDefault="003E1C4B" w:rsidP="00473FDE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00383C98" w:rsidRPr="003E188E" w:rsidRDefault="00383C98" w:rsidP="00473FDE">
+    <w:p w14:paraId="49B457E2" w14:textId="77777777" w:rsidR="00383C98" w:rsidRPr="0076457C" w:rsidRDefault="00383C98" w:rsidP="00473FDE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00383C98" w:rsidRPr="003E188E" w:rsidRDefault="00383C98" w:rsidP="00473FDE">
+    <w:p w14:paraId="269C5890" w14:textId="4ADECC10" w:rsidR="00383C98" w:rsidRPr="0076457C" w:rsidRDefault="00383C98" w:rsidP="00473FDE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E188E">
+      <w:r w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Руководитель учреждения культуры</w:t>
+        <w:t xml:space="preserve">Руководитель учреждения </w:t>
+      </w:r>
+      <w:r w:rsidR="003E0155" w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сферы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>культуры</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00995228" w:rsidRPr="003E188E" w:rsidRDefault="00995228" w:rsidP="00473FDE">
+    <w:p w14:paraId="56FE4F86" w14:textId="77777777" w:rsidR="00995228" w:rsidRPr="0076457C" w:rsidRDefault="00995228" w:rsidP="00473FDE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00383C98" w:rsidRPr="003E188E" w:rsidRDefault="00383C98" w:rsidP="00473FDE">
+    <w:p w14:paraId="753D9EE5" w14:textId="77777777" w:rsidR="00383C98" w:rsidRPr="0076457C" w:rsidRDefault="00383C98" w:rsidP="00473FDE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E188E">
+      <w:r w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>______________________________________    _________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00383C98" w:rsidRPr="00995228" w:rsidRDefault="00995228" w:rsidP="00995228">
+    <w:p w14:paraId="5805A183" w14:textId="77777777" w:rsidR="00383C98" w:rsidRPr="0076457C" w:rsidRDefault="00995228" w:rsidP="00995228">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">                     </w:t>
       </w:r>
-      <w:r w:rsidR="00383C98" w:rsidRPr="00995228">
+      <w:r w:rsidR="00383C98" w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">(должность, фамилия, </w:t>
       </w:r>
-      <w:r w:rsidR="00EC2230" w:rsidRPr="00995228">
+      <w:r w:rsidR="00EC2230" w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">инициалы)  </w:t>
       </w:r>
-      <w:r w:rsidR="00383C98" w:rsidRPr="00995228">
+      <w:r w:rsidR="00383C98" w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">                                       (подпись)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00383C98" w:rsidRPr="00473FDE" w:rsidRDefault="00383C98" w:rsidP="00473FDE">
+    <w:p w14:paraId="6B121533" w14:textId="77777777" w:rsidR="00383C98" w:rsidRPr="0076457C" w:rsidRDefault="00383C98" w:rsidP="00473FDE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00383C98" w:rsidRPr="003E188E" w:rsidRDefault="00383C98" w:rsidP="00476ED1">
+    <w:p w14:paraId="2FC433F9" w14:textId="77777777" w:rsidR="00383C98" w:rsidRPr="003E188E" w:rsidRDefault="00383C98" w:rsidP="00476ED1">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E188E">
+      <w:r w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>М. П.</w:t>
       </w:r>
-      <w:r w:rsidR="00476ED1" w:rsidRPr="003E188E">
+      <w:r w:rsidR="00476ED1" w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00476ED1" w:rsidRPr="003E188E">
+      <w:r w:rsidR="00476ED1" w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00476ED1" w:rsidRPr="003E188E">
+      <w:r w:rsidR="00476ED1" w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00476ED1" w:rsidRPr="003E188E">
+      <w:r w:rsidR="00476ED1" w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00476ED1" w:rsidRPr="003E188E">
+      <w:r w:rsidR="00476ED1" w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00476ED1" w:rsidRPr="003E188E">
+      <w:r w:rsidR="00476ED1" w:rsidRPr="0076457C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="0076457C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>"____"________________ 20__ г.</w:t>
+      </w:r>
       <w:r w:rsidRPr="003E188E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">"____"________________ 20__ г.           </w:t>
+        <w:t xml:space="preserve">           </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00383C98" w:rsidRPr="003E188E" w:rsidRDefault="00383C98" w:rsidP="00473FDE">
+    <w:p w14:paraId="06FA2226" w14:textId="677D95F5" w:rsidR="003E1C4B" w:rsidRPr="000F23F4" w:rsidRDefault="003E1C4B" w:rsidP="000F23F4">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00836FED" w:rsidRPr="003E188E" w:rsidRDefault="00836FED" w:rsidP="00473FDE">
-[...546 lines deleted...]
-    <w:sectPr w:rsidR="003E1C4B" w:rsidRPr="003E188E" w:rsidSect="00473FDE">
+    <w:sectPr w:rsidR="003E1C4B" w:rsidRPr="000F23F4" w:rsidSect="00473FDE">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -3837,99 +3152,106 @@
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003E1C4B"/>
+    <w:rsid w:val="00066BB5"/>
+    <w:rsid w:val="000F23F4"/>
     <w:rsid w:val="000F6B09"/>
     <w:rsid w:val="0010453F"/>
+    <w:rsid w:val="00277F74"/>
     <w:rsid w:val="00383C98"/>
+    <w:rsid w:val="003E0155"/>
     <w:rsid w:val="003E188E"/>
     <w:rsid w:val="003E1C4B"/>
     <w:rsid w:val="00436509"/>
     <w:rsid w:val="00473FDE"/>
     <w:rsid w:val="00476ED1"/>
     <w:rsid w:val="006B73ED"/>
+    <w:rsid w:val="0076457C"/>
     <w:rsid w:val="00766822"/>
     <w:rsid w:val="00773F79"/>
     <w:rsid w:val="00836FED"/>
     <w:rsid w:val="008B020B"/>
     <w:rsid w:val="00951319"/>
+    <w:rsid w:val="009734F3"/>
     <w:rsid w:val="00995228"/>
-    <w:rsid w:val="00AF244D"/>
     <w:rsid w:val="00B66501"/>
     <w:rsid w:val="00BC1A5B"/>
+    <w:rsid w:val="00C31237"/>
     <w:rsid w:val="00CE20FB"/>
     <w:rsid w:val="00D45277"/>
     <w:rsid w:val="00DC2FA8"/>
-    <w:rsid w:val="00EB7465"/>
+    <w:rsid w:val="00E94360"/>
     <w:rsid w:val="00EC2230"/>
     <w:rsid w:val="00EF603C"/>
     <w:rsid w:val="00FD13A8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="2D7433A7"/>
   <w15:docId w15:val="{2871BE47-9D56-46E5-BD42-8A237BB58EDE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4669,78 +3991,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{31A9BC84-BA6D-4C69-8E1B-028920560CB0}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{09DEC300-028B-4C70-BFE7-F790321D5661}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>481</Words>
-  <Characters>2742</Characters>
+  <Words>356</Words>
+  <Characters>2030</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>16</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Grizli777</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3217</CharactersWithSpaces>
+  <CharactersWithSpaces>2382</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>